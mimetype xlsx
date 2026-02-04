--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -7,88 +7,85 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr date1904="1"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\PC25\OneDrive\Desktop\GIOCATORI e STAFF 25-26\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0D59E18C-5408-4B5E-90C8-7117524993EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{14044EA6-ADC4-47F2-A03E-A0AD463AED74}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" tabRatio="500" xr2:uid="{D9A47067-87CB-411D-9E4A-9B2F8E11B31E}"/>
   </bookViews>
   <sheets>
     <sheet name="MODULO MAGLIE 20-21" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="89" uniqueCount="61">
   <si>
     <t>COGNOME</t>
   </si>
   <si>
     <t>NOME</t>
   </si>
   <si>
     <t>NOME SU MAGLIA</t>
   </si>
   <si>
     <t>BUSINAROLO</t>
   </si>
   <si>
     <t>TONICA</t>
   </si>
   <si>
     <t>MARCO</t>
   </si>
   <si>
     <t>DANIEL</t>
   </si>
   <si>
-    <t>BALESINI</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">BRANDI </t>
   </si>
   <si>
     <t>NUNZIO</t>
   </si>
   <si>
     <t>LEGAL</t>
   </si>
   <si>
     <t>PERSEU</t>
   </si>
   <si>
     <t>FAUSTO</t>
   </si>
   <si>
     <t xml:space="preserve">FILICIOTTO </t>
   </si>
   <si>
     <t>ALBERTO</t>
   </si>
   <si>
     <t>DELLA SALANDRA</t>
   </si>
   <si>
     <t>EDOARDO</t>
@@ -132,59 +129,50 @@
   <si>
     <t>VERZENI</t>
   </si>
   <si>
     <t>NICOLO</t>
   </si>
   <si>
     <t>GAZZOLA</t>
   </si>
   <si>
     <t xml:space="preserve">TONY </t>
   </si>
   <si>
     <t xml:space="preserve">TRAVAGLINI </t>
   </si>
   <si>
     <t>GIOVANNI</t>
   </si>
   <si>
     <t>BELLINI</t>
   </si>
   <si>
     <t>ISACCO</t>
   </si>
   <si>
-    <t>MONTIPO</t>
-[...7 lines deleted...]
-  <si>
     <t>LUDOVIC CHARLES</t>
   </si>
   <si>
     <t>OSEMUAHU FORTUNATE</t>
   </si>
   <si>
     <t>JACOPO</t>
   </si>
   <si>
     <t>TRAVAGLINI G.</t>
   </si>
   <si>
     <t>FC LEGNAGO SALUS</t>
   </si>
   <si>
     <t>NUM.</t>
   </si>
   <si>
     <t xml:space="preserve">OLIVIERI </t>
   </si>
   <si>
     <t>FILIPPO</t>
   </si>
   <si>
     <t>OLIVIERI</t>
@@ -193,50 +181,71 @@
     <t>ORGITO</t>
   </si>
   <si>
     <t>KUQI</t>
   </si>
   <si>
     <t>FAYE</t>
   </si>
   <si>
     <t>ALIOUNE BADARA</t>
   </si>
   <si>
     <t xml:space="preserve">CHAFEI </t>
   </si>
   <si>
     <t>KARIM</t>
   </si>
   <si>
     <t>CHAFEI</t>
   </si>
   <si>
     <t>BURANELLO</t>
   </si>
   <si>
     <t>DANIELE</t>
+  </si>
+  <si>
+    <t>DE PACE</t>
+  </si>
+  <si>
+    <t>BRUNO PLACIDO</t>
+  </si>
+  <si>
+    <t>BOSCHETTI</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BOSCHETTI </t>
+  </si>
+  <si>
+    <t>MENGHI</t>
+  </si>
+  <si>
+    <t>MATTEO</t>
+  </si>
+  <si>
+    <t>FILIPPINI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="4">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Helvetica Neue"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="1"/>
@@ -978,492 +987,520 @@
           </a:ext>
         </a:extLst>
       </a:spPr>
       <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
       <a:lstStyle/>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8DEEEED-EC32-4378-9E19-9A6FC9041192}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D37"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="40" zoomScaleNormal="40" workbookViewId="0">
-      <selection activeCell="E19" sqref="E19"/>
+    <sheetView tabSelected="1" topLeftCell="A7" zoomScale="60" zoomScaleNormal="60" workbookViewId="0">
+      <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="63" defaultRowHeight="27.6"/>
   <cols>
-    <col min="1" max="1" width="39.21875" style="2" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="53.33203125" style="2" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="39.33203125" style="2" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="56.109375" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.109375" style="2" bestFit="1" customWidth="1"/>
-    <col min="4" max="4" width="39.21875" style="2" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="39.33203125" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="16384" width="63" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="28.8">
       <c r="A1" s="10" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B1" s="10"/>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" s="11"/>
       <c r="B2" s="11"/>
       <c r="C2" s="11"/>
       <c r="D2" s="11"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" s="11"/>
       <c r="B3" s="11"/>
       <c r="C3" s="11"/>
       <c r="D3" s="11"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" s="11"/>
       <c r="B4" s="11"/>
       <c r="C4" s="11"/>
       <c r="D4" s="11"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="11"/>
       <c r="B5" s="11"/>
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="11"/>
       <c r="B6" s="11"/>
       <c r="C6" s="11"/>
       <c r="D6" s="11"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="11"/>
       <c r="B7" s="11"/>
       <c r="C7" s="11"/>
       <c r="D7" s="11"/>
     </row>
     <row r="8" spans="1:4" ht="28.8">
       <c r="A8" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D8" s="4" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="5" t="s">
         <v>3</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="5">
         <v>1</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="1" t="s">
         <v>4</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="1">
         <v>2</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="5" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>39</v>
+        <v>17</v>
       </c>
       <c r="C11" s="5">
         <v>3</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>7</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C12" s="5">
+        <v>4</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="5" t="s">
+      <c r="C13" s="5">
+        <v>5</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C12" s="5">
+      <c r="B14" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="C14" s="1">
+        <v>6</v>
+      </c>
+      <c r="D14" s="1" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" s="5">
+        <v>7</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B16" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="1">
+        <v>8</v>
+      </c>
+      <c r="D16" s="1" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="34.200000000000003" customHeight="1">
+      <c r="A17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="C17" s="5">
+        <v>9</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" s="5">
+        <v>11</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="B19" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="C19" s="1">
+        <v>12</v>
+      </c>
+      <c r="D19" s="1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" s="1" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>59</v>
+      </c>
+      <c r="C20" s="1">
+        <v>15</v>
+      </c>
+      <c r="D20" s="1" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C21" s="5">
+        <v>17</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C22" s="5">
+        <v>18</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C23" s="5">
+        <v>19</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="1">
+        <v>20</v>
+      </c>
+      <c r="D24" s="1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" s="7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C25" s="7">
+        <v>21</v>
+      </c>
+      <c r="D25" s="7" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B26" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C26" s="8">
+        <v>23</v>
+      </c>
+      <c r="D26" s="8" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B27" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C27" s="5">
+        <v>24</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="C28" s="1">
+        <v>25</v>
+      </c>
+      <c r="D28" s="1" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C29" s="5">
+        <v>28</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="B30" s="1" t="s">
         <v>5</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...102 lines deleted...]
-      <c r="A20" s="5" t="s">
+      <c r="C30" s="1">
+        <v>29</v>
+      </c>
+      <c r="D30" s="1" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="B31" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C31" s="1">
+        <v>31</v>
+      </c>
+      <c r="D31" s="1" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B32" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="B20" s="5" t="s">
-[...128 lines deleted...]
-      <c r="C29" s="1">
+      <c r="C32" s="1">
         <v>34</v>
       </c>
-      <c r="D29" s="1" t="s">
-[...42 lines deleted...]
-        <v>35</v>
+      <c r="D32" s="1" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" s="5" t="s">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="B33" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C33" s="5">
+        <v>42</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="C33" s="5">
+      <c r="B34" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C34" s="5">
+        <v>72</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C35" s="5">
+        <v>78</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C36" s="5">
         <v>90</v>
       </c>
-      <c r="D33" s="5" t="s">
-[...21 lines deleted...]
-      <c r="D35" s="9"/>
+      <c r="D36" s="5" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" s="1"/>
+      <c r="B37" s="1"/>
+      <c r="C37" s="1"/>
+      <c r="D37" s="9"/>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <mergeCells count="3">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="A2:C7"/>
     <mergeCell ref="D2:D7"/>
   </mergeCells>
   <pageMargins left="0.54027777777777775" right="0.28819444444444442" top="1.0527777777777778" bottom="1.0527777777777778" header="0.78749999999999998" footer="0.78749999999999998"/>
   <pageSetup paperSize="9" scale="68" firstPageNumber="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Times New Roman,Standard"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Standard"&amp;12Pagina &amp;P</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">